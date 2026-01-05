--- v0 (2025-12-05)
+++ v1 (2026-01-05)
@@ -2832,58 +2832,55 @@
             <w:r w:rsidRPr="00BC5FB3">
               <w:t xml:space="preserve"> for the</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F6036" w14:paraId="2A3B499C" w14:textId="77777777" w:rsidTr="00F87433">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4258" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5043CB0F" w14:textId="2330CB0C" w:rsidR="00D96133" w:rsidRPr="00D96133" w:rsidRDefault="00B81229" w:rsidP="00B81229">
+          <w:p w14:paraId="5043CB0F" w14:textId="47212956" w:rsidR="00D96133" w:rsidRPr="00D96133" w:rsidRDefault="00D96133" w:rsidP="00B81229">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DE6FEFA" w14:textId="77777777" w:rsidR="00D96133" w:rsidRPr="00D96133" w:rsidRDefault="00D96133" w:rsidP="00D96133">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC5FB3">
               <w:t xml:space="preserve">*[ward of the] </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC5FB3">
               <w:rPr>
                 <w:i/>
@@ -4502,58 +4499,55 @@
             </w:pPr>
             <w:r w:rsidRPr="00BC5FB3">
               <w:t>*ELECTION OF PARISH COUNCILLOR for the</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F6036" w14:paraId="270E83D8" w14:textId="77777777" w:rsidTr="00F375A5">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5744" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F3CABC7" w14:textId="5A6A55AA" w:rsidR="00F375A5" w:rsidRPr="00D96133" w:rsidRDefault="00B81229" w:rsidP="00B81229">
+          <w:p w14:paraId="0F3CABC7" w14:textId="5E3B980A" w:rsidR="00F375A5" w:rsidRPr="00D96133" w:rsidRDefault="00F375A5" w:rsidP="00B81229">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="7CEAD4DF" w14:textId="77777777" w:rsidR="00F375A5" w:rsidRPr="00D96133" w:rsidRDefault="00F375A5" w:rsidP="00F375A5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC5FB3">
               <w:t xml:space="preserve">*[ward of the] </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC5FB3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
@@ -6263,65 +6257,58 @@
           <w:p w14:paraId="26AB4944" w14:textId="77777777" w:rsidR="00DB4D5C" w:rsidRPr="008F6CCB" w:rsidRDefault="00DF2E08" w:rsidP="00DF2E08">
             <w:pPr>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5FB3">
               <w:t>hereby consent to my nomination as a candidate for election as councillor for the:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3959" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62431CDC" w14:textId="17FBA16B" w:rsidR="00DB4D5C" w:rsidRPr="008F6CCB" w:rsidRDefault="00C51CE2" w:rsidP="007D5925">
+          <w:p w14:paraId="62431CDC" w14:textId="771BF4EF" w:rsidR="00DB4D5C" w:rsidRPr="008F6CCB" w:rsidRDefault="00DB4D5C" w:rsidP="007D5925">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DFB91DF" w14:textId="77777777" w:rsidR="00DB4D5C" w:rsidRPr="007D5925" w:rsidRDefault="00DB4D5C" w:rsidP="00522633">
             <w:pPr>
               <w:ind w:left="143"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D5925">
               <w:t xml:space="preserve">* </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
@@ -11508,100 +11495,115 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35F3A5E7" w14:textId="77777777" w:rsidR="00B17F00" w:rsidRPr="00177BB1" w:rsidRDefault="00B17F00" w:rsidP="007D5925">
             <w:pPr>
               <w:pStyle w:val="TextInTables"/>
               <w:rPr>
                 <w:rStyle w:val="HighlightBlack"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3277C">
               <w:rPr>
                 <w:rStyle w:val="HighlightBlack"/>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t>[Ward]/</w:t>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5415">
+              <w:rPr>
+                <w:rStyle w:val="HighlightBlack"/>
+                <w:b w:val="0"/>
+                <w:strike/>
+              </w:rPr>
+              <w:t>Ward</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3277C">
+              <w:rPr>
+                <w:rStyle w:val="HighlightBlack"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>]/</w:t>
             </w:r>
             <w:r w:rsidRPr="00177BB1">
               <w:rPr>
                 <w:rStyle w:val="HighlightBlack"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>parish name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13CB595B" w14:textId="7F4E7B6E" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00090A03" w:rsidP="007D5925">
+          <w:p w14:paraId="13CB595B" w14:textId="4B995679" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00090A03" w:rsidP="007D5925">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="566"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="57" w:left="137" w:rightChars="57" w:right="137"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Lavenham</w:t>
             </w:r>
             <w:r w:rsidR="00B81229">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> North</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="025D27E7" w14:textId="77777777" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00B17F00" w:rsidP="00B17F00">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="566"/>
               </w:tabs>
               <w:ind w:leftChars="57" w:left="137" w:rightChars="57" w:right="137"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
@@ -12645,108 +12647,123 @@
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2BC157" w14:textId="77777777" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00B17F00" w:rsidP="00B17F00">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3277C">
               <w:rPr>
                 <w:rStyle w:val="HighlightBlack"/>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t>[Ward]/parish</w:t>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5415">
+              <w:rPr>
+                <w:rStyle w:val="HighlightBlack"/>
+                <w:b w:val="0"/>
+                <w:strike/>
+              </w:rPr>
+              <w:t>Ward</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3277C">
+              <w:rPr>
+                <w:rStyle w:val="HighlightBlack"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>]/parish</w:t>
             </w:r>
             <w:r w:rsidRPr="00177BB1">
               <w:rPr>
                 <w:rStyle w:val="HighlightBlack"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidRPr="00B17F00">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="450EA2D7" w14:textId="0050F3FE" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00090A03" w:rsidP="007D5925">
+          <w:p w14:paraId="450EA2D7" w14:textId="54973034" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00090A03" w:rsidP="007D5925">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="566"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="57" w:left="137" w:rightChars="57" w:right="137"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Lavenham</w:t>
             </w:r>
             <w:r w:rsidR="00B81229">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> North</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="4756B086" w14:textId="77777777" w:rsidR="00B17F00" w:rsidRPr="00B17F00" w:rsidRDefault="00B17F00" w:rsidP="00B17F00">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="566"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="57" w:left="137" w:rightChars="57" w:right="137"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17F00">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -13138,65 +13155,65 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00177BB1">
         <w:t>the name of the party and the emblem name in th</w:t>
       </w:r>
       <w:r>
         <w:t>e ‘Emblem to be used’ box above.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B4415E" w:rsidSect="002A2003">
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1078" w:right="991" w:bottom="516" w:left="993" w:header="709" w:footer="459" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B6487E1" w14:textId="77777777" w:rsidR="00DF32E7" w:rsidRDefault="00DF32E7">
+    <w:p w14:paraId="3CDC5696" w14:textId="77777777" w:rsidR="00B47E76" w:rsidRDefault="00B47E76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4067596C" w14:textId="77777777" w:rsidR="00DF32E7" w:rsidRDefault="00DF32E7">
+    <w:p w14:paraId="55268A11" w14:textId="77777777" w:rsidR="00B47E76" w:rsidRDefault="00B47E76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0770003A" w14:textId="77777777" w:rsidR="00DF32E7" w:rsidRDefault="00DF32E7"/>
+    <w:p w14:paraId="7DB455B5" w14:textId="77777777" w:rsidR="00B47E76" w:rsidRDefault="00B47E76"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 Lt BT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -13303,65 +13320,65 @@
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2916C19D" w14:textId="77777777" w:rsidR="00B17F00" w:rsidRDefault="00B17F00">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13438F50" w14:textId="77777777" w:rsidR="00DF32E7" w:rsidRDefault="00DF32E7">
+    <w:p w14:paraId="55E2751B" w14:textId="77777777" w:rsidR="00B47E76" w:rsidRDefault="00B47E76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FE8CA85" w14:textId="77777777" w:rsidR="00DF32E7" w:rsidRDefault="00DF32E7">
+    <w:p w14:paraId="5C47C20B" w14:textId="77777777" w:rsidR="00B47E76" w:rsidRDefault="00B47E76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2355008F" w14:textId="77777777" w:rsidR="00DF32E7" w:rsidRDefault="00DF32E7"/>
+    <w:p w14:paraId="46F2A957" w14:textId="77777777" w:rsidR="00B47E76" w:rsidRDefault="00B47E76"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="45B2852D" w14:textId="77777777" w:rsidR="00B17F00" w:rsidRDefault="00B17F00" w:rsidP="00B4415E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="-567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> This is not to be used for mayoral or principal area elections. Separate </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>forms and guidance are available</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
@@ -15408,50 +15425,51 @@
     <w:rsid w:val="002100EF"/>
     <w:rsid w:val="00216A3E"/>
     <w:rsid w:val="00221CE8"/>
     <w:rsid w:val="00226A8D"/>
     <w:rsid w:val="00227DB5"/>
     <w:rsid w:val="00230252"/>
     <w:rsid w:val="002332F1"/>
     <w:rsid w:val="002374F9"/>
     <w:rsid w:val="002412E7"/>
     <w:rsid w:val="002419B5"/>
     <w:rsid w:val="0024301F"/>
     <w:rsid w:val="00252D32"/>
     <w:rsid w:val="00264E69"/>
     <w:rsid w:val="0026635E"/>
     <w:rsid w:val="002705FB"/>
     <w:rsid w:val="00272D91"/>
     <w:rsid w:val="002779DB"/>
     <w:rsid w:val="00277D30"/>
     <w:rsid w:val="00294ACB"/>
     <w:rsid w:val="002975F7"/>
     <w:rsid w:val="00297F8D"/>
     <w:rsid w:val="002A16F6"/>
     <w:rsid w:val="002A2003"/>
     <w:rsid w:val="002C0D18"/>
     <w:rsid w:val="002C4F46"/>
+    <w:rsid w:val="002C5415"/>
     <w:rsid w:val="002D2048"/>
     <w:rsid w:val="002D6142"/>
     <w:rsid w:val="002E2154"/>
     <w:rsid w:val="002E4B96"/>
     <w:rsid w:val="002E548F"/>
     <w:rsid w:val="002E5A57"/>
     <w:rsid w:val="002E6E3F"/>
     <w:rsid w:val="002E7B96"/>
     <w:rsid w:val="002F3519"/>
     <w:rsid w:val="002F6036"/>
     <w:rsid w:val="002F63D5"/>
     <w:rsid w:val="002F6940"/>
     <w:rsid w:val="00300B82"/>
     <w:rsid w:val="003020EC"/>
     <w:rsid w:val="00302CC3"/>
     <w:rsid w:val="00310222"/>
     <w:rsid w:val="00311B74"/>
     <w:rsid w:val="00315DDB"/>
     <w:rsid w:val="00315E88"/>
     <w:rsid w:val="00323A47"/>
     <w:rsid w:val="0033328B"/>
     <w:rsid w:val="00337F4D"/>
     <w:rsid w:val="00344DFF"/>
     <w:rsid w:val="00345AD4"/>
     <w:rsid w:val="00345EA3"/>
@@ -15758,50 +15776,51 @@
     <w:rsid w:val="00AC4E2E"/>
     <w:rsid w:val="00AC773B"/>
     <w:rsid w:val="00AD4246"/>
     <w:rsid w:val="00AD4C34"/>
     <w:rsid w:val="00AD4C56"/>
     <w:rsid w:val="00AD51EF"/>
     <w:rsid w:val="00AE5D47"/>
     <w:rsid w:val="00AE6C69"/>
     <w:rsid w:val="00AE6E43"/>
     <w:rsid w:val="00AF1DFE"/>
     <w:rsid w:val="00AF3033"/>
     <w:rsid w:val="00AF5CC0"/>
     <w:rsid w:val="00B054D3"/>
     <w:rsid w:val="00B10C8B"/>
     <w:rsid w:val="00B14FD5"/>
     <w:rsid w:val="00B17F00"/>
     <w:rsid w:val="00B20EB9"/>
     <w:rsid w:val="00B322BD"/>
     <w:rsid w:val="00B332E0"/>
     <w:rsid w:val="00B34968"/>
     <w:rsid w:val="00B351B8"/>
     <w:rsid w:val="00B3759A"/>
     <w:rsid w:val="00B42EB0"/>
     <w:rsid w:val="00B4415E"/>
     <w:rsid w:val="00B44840"/>
+    <w:rsid w:val="00B47E76"/>
     <w:rsid w:val="00B52AFF"/>
     <w:rsid w:val="00B55568"/>
     <w:rsid w:val="00B56D19"/>
     <w:rsid w:val="00B62E79"/>
     <w:rsid w:val="00B70163"/>
     <w:rsid w:val="00B70303"/>
     <w:rsid w:val="00B72285"/>
     <w:rsid w:val="00B81229"/>
     <w:rsid w:val="00B83D0B"/>
     <w:rsid w:val="00B87271"/>
     <w:rsid w:val="00B9096D"/>
     <w:rsid w:val="00B958AF"/>
     <w:rsid w:val="00BB3935"/>
     <w:rsid w:val="00BB4568"/>
     <w:rsid w:val="00BB4739"/>
     <w:rsid w:val="00BB6F9D"/>
     <w:rsid w:val="00BC2671"/>
     <w:rsid w:val="00BC5FB3"/>
     <w:rsid w:val="00BD334A"/>
     <w:rsid w:val="00BD4673"/>
     <w:rsid w:val="00BE3A83"/>
     <w:rsid w:val="00BE4E99"/>
     <w:rsid w:val="00BE6C64"/>
     <w:rsid w:val="00BE6E19"/>
     <w:rsid w:val="00BE74FC"/>
@@ -15885,77 +15904,77 @@
     <w:rsid w:val="00D9504F"/>
     <w:rsid w:val="00D95894"/>
     <w:rsid w:val="00D96133"/>
     <w:rsid w:val="00D96814"/>
     <w:rsid w:val="00D977F9"/>
     <w:rsid w:val="00DA01CF"/>
     <w:rsid w:val="00DA2124"/>
     <w:rsid w:val="00DA72AD"/>
     <w:rsid w:val="00DB0E09"/>
     <w:rsid w:val="00DB343E"/>
     <w:rsid w:val="00DB4D5C"/>
     <w:rsid w:val="00DB69F8"/>
     <w:rsid w:val="00DB6E8C"/>
     <w:rsid w:val="00DB6EC0"/>
     <w:rsid w:val="00DB7001"/>
     <w:rsid w:val="00DB704F"/>
     <w:rsid w:val="00DC198B"/>
     <w:rsid w:val="00DC2E4E"/>
     <w:rsid w:val="00DC7F1E"/>
     <w:rsid w:val="00DD47BB"/>
     <w:rsid w:val="00DD5491"/>
     <w:rsid w:val="00DE3352"/>
     <w:rsid w:val="00DE3A4D"/>
     <w:rsid w:val="00DE59FF"/>
     <w:rsid w:val="00DF2E08"/>
-    <w:rsid w:val="00DF32E7"/>
     <w:rsid w:val="00DF3BFD"/>
     <w:rsid w:val="00DF4275"/>
     <w:rsid w:val="00DF48AB"/>
     <w:rsid w:val="00DF5811"/>
     <w:rsid w:val="00DF72A1"/>
     <w:rsid w:val="00E026A5"/>
     <w:rsid w:val="00E037D9"/>
     <w:rsid w:val="00E03BE6"/>
     <w:rsid w:val="00E052E9"/>
     <w:rsid w:val="00E07A6A"/>
     <w:rsid w:val="00E118B0"/>
     <w:rsid w:val="00E12432"/>
     <w:rsid w:val="00E1438D"/>
     <w:rsid w:val="00E15240"/>
     <w:rsid w:val="00E228F4"/>
     <w:rsid w:val="00E22AE1"/>
     <w:rsid w:val="00E3469C"/>
     <w:rsid w:val="00E34A76"/>
     <w:rsid w:val="00E359F3"/>
     <w:rsid w:val="00E43B9D"/>
     <w:rsid w:val="00E44FD7"/>
     <w:rsid w:val="00E50B55"/>
     <w:rsid w:val="00E547D3"/>
     <w:rsid w:val="00E568BA"/>
     <w:rsid w:val="00E61358"/>
     <w:rsid w:val="00E61B7B"/>
+    <w:rsid w:val="00E6324F"/>
     <w:rsid w:val="00E635EE"/>
     <w:rsid w:val="00E6470C"/>
     <w:rsid w:val="00E67763"/>
     <w:rsid w:val="00E67934"/>
     <w:rsid w:val="00E734D0"/>
     <w:rsid w:val="00E83173"/>
     <w:rsid w:val="00E858F0"/>
     <w:rsid w:val="00E91E8E"/>
     <w:rsid w:val="00E93B8E"/>
     <w:rsid w:val="00EA4BB9"/>
     <w:rsid w:val="00EA657F"/>
     <w:rsid w:val="00EB24A3"/>
     <w:rsid w:val="00EB3596"/>
     <w:rsid w:val="00EB4261"/>
     <w:rsid w:val="00EB438D"/>
     <w:rsid w:val="00EC1125"/>
     <w:rsid w:val="00EC1255"/>
     <w:rsid w:val="00EC2CCA"/>
     <w:rsid w:val="00EC43F8"/>
     <w:rsid w:val="00ED1EF2"/>
     <w:rsid w:val="00ED56CD"/>
     <w:rsid w:val="00EE0E96"/>
     <w:rsid w:val="00EE0F6D"/>
     <w:rsid w:val="00EE5FAE"/>
     <w:rsid w:val="00EF1CF0"/>
@@ -17961,60 +17980,60 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04382391-74A8-44DC-88F0-034AD9AD794C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C959E75-AAF0-4CB3-9433-4ED3F4226719}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>5265</Words>
-  <Characters>25694</Characters>
+  <Words>5260</Words>
+  <Characters>25674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>713</Lines>
   <Paragraphs>407</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>The Electoral Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30552</CharactersWithSpaces>
+  <CharactersWithSpaces>30527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nomination pack parish council election</dc:title>
   <dc:subject/>
   <dc:creator>Jpack</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ApprovingBody">
     <vt:lpwstr/>